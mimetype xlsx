--- v0 (2025-12-26)
+++ v1 (2026-02-22)
@@ -2,90 +2,90 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://crmisalud-my.sharepoint.com/personal/eduardo_ramirez_misalud_go_cr/Documents/Escritorio/INVENTARIOS RADIACIONES/PAGINA - Registro Fuentes de Radiacion/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://crmisalud-my.sharepoint.com/personal/eduardo_ramirez_misalud_go_cr/Documents/Escritorio/INVENTARIOS RADIACIONES/PAGINA - Registro Fuentes de Radiacion/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1433" documentId="8_{79BAB29C-3E6A-44DA-9758-E459C30AC244}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BF91CB6A-3672-4F34-B628-9DA0C6E828EC}"/>
+  <xr:revisionPtr revIDLastSave="1468" documentId="8_{79BAB29C-3E6A-44DA-9758-E459C30AC244}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8248773B-E5CA-494E-858B-FD79CBFA516A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{305F567D-4B96-442B-9666-3DBC5EC879C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Fuentes No Selladas" sheetId="1" r:id="rId1"/>
     <sheet name="Fuentes Selladas" sheetId="2" r:id="rId2"/>
     <sheet name="FS y EQ" sheetId="3" r:id="rId3"/>
     <sheet name="Equipos RX" sheetId="4" r:id="rId4"/>
     <sheet name="Aceleradores" sheetId="5" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="152">
   <si>
     <t>Fecha de aprobación</t>
   </si>
   <si>
     <t>Fecha de vencimiento</t>
   </si>
   <si>
     <t>Nombre comercial</t>
   </si>
   <si>
     <t>Nombre o razón social</t>
   </si>
   <si>
     <t>Cédula física o jurídica</t>
   </si>
   <si>
     <t>TITULAR DEL REGISTRO</t>
   </si>
   <si>
     <t>FUENTES RADIACTIVAS NO SELLADAS</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
@@ -442,81 +442,105 @@
   <si>
     <t>FDR-RX-0019-2025</t>
   </si>
   <si>
     <t>SPC Telecentinel</t>
   </si>
   <si>
     <t>SPC Telecentinel S.A.</t>
   </si>
   <si>
     <t>3-101-201950</t>
   </si>
   <si>
     <t>Smiths Detection</t>
   </si>
   <si>
     <t>Detección de objetos por escaneo corporal</t>
   </si>
   <si>
     <t>B-Scan 16HR-FB</t>
   </si>
   <si>
     <t>Inspección de seguridad de mercancías</t>
   </si>
   <si>
-    <t>HI-SCAN 6040-2is</t>
-[...1 lines deleted...]
-  <si>
     <t>SDX 100100 HC</t>
   </si>
   <si>
     <t>SDX 100100 LC</t>
   </si>
   <si>
     <t>FDR-RX-0020-2025</t>
   </si>
   <si>
     <t>RexSecurity</t>
   </si>
   <si>
     <t>Rex Cargo Trading S.A.</t>
   </si>
   <si>
     <t>3-101-697999</t>
   </si>
   <si>
     <t>Rapiscan Systems Inc.</t>
   </si>
   <si>
     <t>Inspección de seguridad de equipaje</t>
   </si>
   <si>
     <t>Rapiscan</t>
   </si>
   <si>
     <t>Rapiscan 920CT</t>
+  </si>
+  <si>
+    <t>HI-SCAN 6040-2is HR</t>
+  </si>
+  <si>
+    <t>FDR-RX-0001-2026</t>
+  </si>
+  <si>
+    <t>Embajada de los Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>3-005-045142</t>
+  </si>
+  <si>
+    <t>Viken Detection Corporatio</t>
+  </si>
+  <si>
+    <t>Sistema de inspección de vehículos y carga</t>
+  </si>
+  <si>
+    <t>Inspecciones de seguridad</t>
+  </si>
+  <si>
+    <t>Viken Detection</t>
+  </si>
+  <si>
+    <t>Osprey MTX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -6558,223 +6582,249 @@
       </c>
       <c r="H20" s="5" t="s">
         <v>129</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>129</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="12">
-        <v>45979</v>
+        <v>46034</v>
       </c>
       <c r="C21" s="12">
         <v>47805</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>126</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>128</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>129</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>129</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>124</v>
       </c>
       <c r="B22" s="12">
         <v>45979</v>
       </c>
       <c r="C22" s="12">
         <v>47805</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>126</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>128</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>129</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>129</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>125</v>
       </c>
       <c r="B23" s="12">
         <v>45979</v>
       </c>
       <c r="C23" s="12">
         <v>47805</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>126</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>128</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>129</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B24" s="12">
         <v>45987</v>
       </c>
       <c r="C24" s="12">
         <v>47813</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F24" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="F24" s="5" t="s">
+      <c r="G24" s="13" t="s">
         <v>138</v>
       </c>
-      <c r="G24" s="13" t="s">
+      <c r="H24" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K24" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="L24" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="L24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="M24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" s="10"/>
-[...11 lines deleted...]
-      <c r="M25" s="5"/>
+      <c r="A25" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" s="12">
+        <v>46043</v>
+      </c>
+      <c r="C25" s="12">
+        <v>47868</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="G25" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="10"/>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="5"/>
       <c r="G26" s="13"/>
       <c r="H26" s="5"/>
       <c r="I26" s="5"/>
       <c r="J26" s="5"/>
       <c r="K26" s="5"/>
       <c r="L26" s="5"/>
       <c r="M26" s="5"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="10"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="5"/>
       <c r="G27" s="13"/>
       <c r="H27" s="5"/>